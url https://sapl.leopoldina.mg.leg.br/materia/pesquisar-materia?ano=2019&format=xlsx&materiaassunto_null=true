--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ivan Martins Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar após, consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal, Dr. José Roberto de Oliveira, solicitação, reiterando todas as indicações de minha autoria, aprovadas pelo plenário desta Casa Legislativa e encaminhadas ao Senhor Prefeito Municipal, durante o ano de 2018 e que ainda não foram atendidas.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Kelvia Raquel de Souza Ribeiro Santos</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal, Dr. José Roberto de Oliveira, solicitação, reiterando todas as indicações de minha autoria, aprovadas pelo plenário desta Casa Legislativa e encaminhadas ao Senhor Prefeito Municipal, durante o ano de 2018 e que ainda não foram atendidas.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Elvécio de Souza Barbosa</t>
   </si>
@@ -6672,810 +6672,810 @@
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>A Vereadora abaixo-signatária, amparada no Regimento Interno desta Câmara Municipal, solicita a Vossa Excelência que Submeta a este Plenário, e se aprovada, envie ao MINISTÉRIO DA SAÚDE, a seguinte MOÇÃO DE REPÚDIO:_x000D_
 _x000D_
                   Tendo em vista, a divulgação de uma “Nota Técnica”, emitida pelo senhor Quirino Cordeiro Júnior, Coordenador Geral de Saúde Mental, Álcool e outras Drogas do Ministério da Saúde, cujo documento aponta retrocessos nas conquistas alcançadas com a Reforma Psiquiátrica, conforme Lei nº 10.216, de 06 de abril de 2001._x000D_
                  Saliento que as mudanças propostas, altera a lógica da Rede de Atenção Psicossocial –RAPS, que estabelece o cuidado integral com serviços de base territorial e comunitária, e centraliza o cuidado em modelos hospitalares e comunidades terapêuticas._x000D_
                 Mediante esta situação, solicito que esta Casa Legislativa, encaminhe MOÇÃO DE REPÚDIO, mediante a situação acima citada.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/projeto_de_lei_complementar_01-_2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/projeto_de_lei_complementar_01-_2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste anual de vencimentos aos servidores profissionais do cargo de Professor, para o fim específico de atualização acorde ao piso nacional dos profissionais do magistério público da educação básica, conforme preceitua a Lei Federal nº 11.738/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4109/projeto_de_lei_complementar__02.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4109/projeto_de_lei_complementar__02.2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre os serviços de transporte coletivo de passageiros no Município de Leopoldina –M.G. e dá outras providências.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/projeto_de_lei_complementar_no_03.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/projeto_de_lei_complementar_no_03.2019.doc</t>
   </si>
   <si>
     <t>Institui os serviços de transporte individual de passageiros e entrega de mercadorias em motocicletas no Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/projeto_de_lei_complementar_04.2019__-_estacion_h3Aq4vs.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/projeto_de_lei_complementar_04.2019__-_estacion_h3Aq4vs.doc</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA O ESTACIONAMENTO ROTATIVO PAGO, NAS VIAS URBANAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>Fica criado o Cargo de Diretor Escolar I no Centro Municipal de Educação Infantil Ilídio Raimundo e dá outras providências</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3395/projeto_de_lei__-_abertura_cred_especial_-_jane_PJUtG0u.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3395/projeto_de_lei__-_abertura_cred_especial_-_jane_PJUtG0u.doc</t>
   </si>
   <si>
     <t>Dispõe obre a abertura de crédito especial ao orçamento do presente exercício de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3518/projeto_de_lei_no_02-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3518/projeto_de_lei_no_02-2019.doc</t>
   </si>
   <si>
     <t>Prevê a adoção, no Município de Leopoldina, de medidas de proteção contra a violência obstétrica</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3516/projeto_de_lei__no__03-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3516/projeto_de_lei__no__03-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre divulgação de relatório de obras públicas paralisadas</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3517/projeto_de_lei_no_04_-_2019_horario_de_shows.docx</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3517/projeto_de_lei_no_04_-_2019_horario_de_shows.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o horário para início das apresentações artísticas no Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3560/projeto_de_lei_no_05_-_2019_-_processo_licitac_lF2wYR8.docx</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3560/projeto_de_lei_no_05_-_2019_-_processo_licitac_lF2wYR8.docx</t>
   </si>
   <si>
     <t>Estabelece mecanismos de seguro para garantir o interesse público nos processos de licitação e a correta aplicação dos recursos públicos no âmbito do município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3562/projeto_de_lei_no_06_-_2019_-_recomposicao_subs_8wcM3DV.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3562/projeto_de_lei_no_06_-_2019_-_recomposicao_subs_8wcM3DV.pdf</t>
   </si>
   <si>
     <t>Recompõe o subsídio dos Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3561/projeto_lei_no_07_-_2019__gratifica_natalina.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3561/projeto_lei_no_07_-_2019__gratifica_natalina.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de Gratificação Natalina aos Vereadores do Município de Leopoldina - MG e dá outras providências.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3563/projeto_de_lei__-_dispoe_sobre_a_limpeza_conser_C4oS2qL.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3563/projeto_de_lei__-_dispoe_sobre_a_limpeza_conser_C4oS2qL.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Limpeza, conservação, construção de muros e passeios em terrenos particulares localizados no perímetro urbano do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3642/projeto_de_lei__no_09-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3642/projeto_de_lei__no_09-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da prática de maus-tratos e crueldade contra animais no Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3643/projeto_de_lei_-_alteracao_da_lei_4.120_2013_cm_5OVurgm.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3643/projeto_de_lei_-_alteracao_da_lei_4.120_2013_cm_5OVurgm.doc</t>
   </si>
   <si>
     <t>Altera redação da Lei Municipal nº 4.120, de 28 de junho de 2013, que Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3644/projeto_de_lei_denominacao_de_rua_helio_silva_p_eSl87Zp.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3644/projeto_de_lei_denominacao_de_rua_helio_silva_p_eSl87Zp.doc</t>
   </si>
   <si>
     <t>Dá denominação de Hélio Silva Patrocínio ao logradouro público, que tem início na Rua Jehú Pinto de Faria e término na Rua Gerônimo Silva, no Bairro Vila Miralda, neste Município e dá outras providências.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>Abertura de Crédito Especial ao orçamento do presente exercício, sobre a concessão de contribuição para a ASES DO ASFALTO MOTO CLUBE</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3646/projeto_de_lei_no_13.2019_-_adote_um_ponto_de_onibus.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3646/projeto_de_lei_no_13.2019_-_adote_um_ponto_de_onibus.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização, no território do Município de Leopoldina, de espaços públicos de pontos de paradas de ônibus, para fins de publicidade e dá outras providências.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3668/projeto_de_lei_no_14.2019-_semana_do_autismo.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3668/projeto_de_lei_no_14.2019-_semana_do_autismo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, no Município de Leopoldina, da “Semana Municipal de Conscientização dos Transtornos do Espectro Autista”, a ser celebrada, anualmente,  entre o dia 27 de março e 02 de abril, data esta em que é celebrado o Dia Mundial de Conscientização do Autismo e dá outras providências.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/projeto_de_lei_no_15-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/projeto_de_lei_no_15-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial profissional nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, do Município de Leopoldina.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/projeto_de_lei_no_16-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/projeto_de_lei_no_16-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual dos vencimentos dos servidores públicos do Poder Executivo do Município de Leopoldina, de que trata o art. 37, inciso X, da Constituição Federal.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3960/projeto_de_lei_no_18-2019.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3960/projeto_de_lei_no_18-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3962/projeto_de_lei_no_19-2019_-_doador_de_sangue.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3962/projeto_de_lei_no_19-2019_-_doador_de_sangue.doc</t>
   </si>
   <si>
     <t>Dispõe Sobre o atendimento prioritário aos doadores de Sangue, nas repartições Públicas, Hospitais, Bancos, Clínicas, Casas Lotéricas, Supermercados, locais de atendimento ao Público e locais de eventos em todo o território do município de Leopoldina, cria a Carteira do Doador e dá outras providências</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3963/projeto_de_lei_no_20-2019_-_exposicao_leopoldin_iwv062V.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3963/projeto_de_lei_no_20-2019_-_exposicao_leopoldin_iwv062V.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuições e dá outras providências.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3964/projeto_de_lei_no_21-2019__-_acrescenta_disposi_VM8XaXV.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3964/projeto_de_lei_no_21-2019__-_acrescenta_disposi_VM8XaXV.doc</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.368, de 8 de março de 2017, que "Cria o Conselho Municipal dos Direitos da Mulher (COMDIM) e dá outras providências.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3965/projeto_de_lei_denominacao_de_rua_joaquim_rosa__qt4vFNl.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3965/projeto_de_lei_denominacao_de_rua_joaquim_rosa__qt4vFNl.doc</t>
   </si>
   <si>
     <t>Dá denominação de Joaquim Rosa de Oliveira ao logradouro público, que tem início na Rua Rolando Ladeira Salgado e término à beira do barranco localizado na BR 116, no Bairro Bela Vista, neste Município e dá outras providências.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/projeto_de_lei_no_23_-_2019_diagnostico_de_daltonismo.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/projeto_de_lei_no_23_-_2019_diagnostico_de_daltonismo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o exame para detectar Daltonismo nas crianças da rede pública municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/projeto_de_lei_no_24-2019_denominacao_rua_claudina.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/projeto_de_lei_no_24-2019_denominacao_rua_claudina.doc</t>
   </si>
   <si>
     <t>Dá denominação de Claudina da Silva Bento à via Pública desta Cidade e dá outras providências.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/projeto_de_lei_25.2019_-_bdmg__3_milhoes_de_rea_8Vu2fRY.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/projeto_de_lei_25.2019_-_bdmg__3_milhoes_de_rea_8Vu2fRY.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Leopoldina a contratar com o Banco de Desenvolvimento de Minas Gerais S/A – BDMG, Operações de Crédito com a outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/projeto_de_lei__27.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/projeto_de_lei__27.2019.doc</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em comissão de pessoas que tenham sido condenadas nos Crimes que mencionam e dá outras providências.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4016/projeto_de_lei_no_28-2019_bengala_verde.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4016/projeto_de_lei_no_28-2019_bengala_verde.doc</t>
   </si>
   <si>
     <t>Institui o uso da bengala verde como meio adequado para identificar pessoas acometidas de baixa visão e, como instrumento de orientação e mobilidade, no âmbito do município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/projeto_de_lei_no_29.2019-_denominacao_de_rua.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/projeto_de_lei_no_29.2019-_denominacao_de_rua.doc</t>
   </si>
   <si>
     <t>Dá denominação de João Corrêa da Silva à via Pública desta Cidade e dá outras providências.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4106/projeto_de_lei_31.2019_-_abertura_cred_suplementar.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4106/projeto_de_lei_31.2019_-_abertura_cred_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza abertura de Créditos Suplementares no Orçamento Municipal de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4107/projeto_de_lei_32.2019_-_concurso_leiteiro_ribe_A1hv20w.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4107/projeto_de_lei_32.2019_-_concurso_leiteiro_ribe_A1hv20w.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuições e dá outras providências</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4108/projeto_de_lei_33.2019-_cessao_de_uso_terreno_5_MFVYBk3.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4108/projeto_de_lei_33.2019-_cessao_de_uso_terreno_5_MFVYBk3.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar cessão de uso de imóvel de propriedade deste Município à Secretaria de Estado de Administração Prisional – SEAP de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de contribuições e dá outras providências".</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4133/projeto_de_lei_no_35-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4133/projeto_de_lei_no_35-2019.doc</t>
   </si>
   <si>
     <t>Institui o dia da manifestação folclórica do Mineiro Pau, no calendário oficial do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4163/projeto_de_lei_-_denominacao_a_praca_da_liberda_coeXWth.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4163/projeto_de_lei_-_denominacao_a_praca_da_liberda_coeXWth.doc</t>
   </si>
   <si>
     <t>Dá denominação de “Praça da Liberdade” ao logradouro público atualmente denominado como Praça 2, situado no loteamento Imperador fase II, Bairro Imperador, neste município de Leopoldina - MG</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4164/projeto_de_lei_-_denominacao_a_praca_da_amizade_TghHurn.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4164/projeto_de_lei_-_denominacao_a_praca_da_amizade_TghHurn.doc</t>
   </si>
   <si>
     <t>Dá denominação de “Praça da Amizade”, ao logradouro público localizado entre as Ruas Lourenço Gonçalves Nunes e Rua Aristides Policiano da Silva, no Bairro Jardim Bela Vista, neste município de Leopoldina - MG</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>Autoriza a cessão temporária de servidor municipal à Entidade que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial ao orçamento do presente exercício de 2019</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4167/projeto_de_lei_no_40_-_2019_plantio_de_arvore_e_za2Shfv.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4167/projeto_de_lei_no_40_-_2019_plantio_de_arvore_e_za2Shfv.doc</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de Leopoldina, o “Projeto nasce uma criança, planta-se uma árvore” que dispõe sobre medidas para a promoção, preservação do meio ambiente e educação ambiental, por meio  do  plantio  de  uma  muda  de  árvore e dá outras providências.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4168/projeto_de_lei_no_41_-2019-_denominacao_de_rua.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4168/projeto_de_lei_no_41_-2019-_denominacao_de_rua.doc</t>
   </si>
   <si>
     <t>Dá denominação de José Pereira da Cruz à via pública desta Cidade.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4224/projeto_de_lei_altera_ldo_2019_-_43.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4224/projeto_de_lei_altera_ldo_2019_-_43.2019.doc</t>
   </si>
   <si>
     <t>Altera a Lei de Diretrizes Orçamentárias, de 28 de agosto de 2019, que dispões sobre as diretrizes para elaboração da proposta orçamentária para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4225/projeto_de_lei_do_orcamento_44.2019.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4225/projeto_de_lei_do_orcamento_44.2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Leopoldina para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
     <t>Autoriza a cessão temporária de servidor municipal à entidade que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4227/projeto_de_lei_denominacao_de_rua_joaquim_rosa__4kXYmmR.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4227/projeto_de_lei_denominacao_de_rua_joaquim_rosa__4kXYmmR.doc</t>
   </si>
   <si>
     <t>Dá denominação de Joaquim Rosa de Oliveira ao logradouro público, que tem início na Rua Arlindo Carneiro e finda na Rua Rolando Ladeira Salgado, que no mapa do loteamento Bela Vista, encontra-se identificada como Rua B e parte da Rua K e dá outras providências</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4286/projeto_de_lei_denominacao_de_rua_geraldo_ponte.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4286/projeto_de_lei_denominacao_de_rua_geraldo_ponte.doc</t>
   </si>
   <si>
     <t>Dá denominação de Geraldo dos Santos Ponté ao logradouro público, que no mapa do loteamento Imperador Fase II, encontra-se identificada como Rua A e dá outras providências.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4309/projeto_de_lei_48.2019_-_projeto_de_abertura_cr_lmfkO3o.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4309/projeto_de_lei_48.2019_-_projeto_de_abertura_cr_lmfkO3o.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Suplementares no Orçamento Municipal de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4353/projeto_de_lei_49.2019__-_denominacao_de_marcio_f5gWOwi.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4353/projeto_de_lei_49.2019__-_denominacao_de_marcio_f5gWOwi.doc</t>
   </si>
   <si>
     <t>Dá denominação de Vice Prefeito Márcio Henrique Alvarenga Pimentel, à Sala de Projeção, localizada no Centro Cultural Mauro de Almeida Pereira, no Município de Leopoldina.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4355/projeto_de_lei_50.2019_-_criacao_do_conselho_mu_IH90jIi.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4355/projeto_de_lei_50.2019_-_criacao_do_conselho_mu_IH90jIi.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal Antidrogas- COMAD e dá outras providências.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial ao orçamento do presente exercício de 2019.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4374/projeto_de_lei__52.2019-_cessao_onerosa_dos_dir_ocY9jHt.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4374/projeto_de_lei__52.2019-_cessao_onerosa_dos_dir_ocY9jHt.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão onerosa dos direitos creditórios provenientes dos atrasos das transferências obrigatórias devidas pelo Estado de Minas Gerais</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4375/projeto_de_lei__53.2019-_dispoe_sobre_a_concess_gzbvbUN.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4375/projeto_de_lei__53.2019-_dispoe_sobre_a_concess_gzbvbUN.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição para a Associação Comercial, Industrial, Agropecuária e de Serviços de Leopoldina –ACIL, e dá outras providências</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4419/projeto_de_lei__no__54.2019_I2c81qU.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4419/projeto_de_lei__no__54.2019_I2c81qU.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de fornecimento de canudos confeccionados em material plástico, nos locais que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4445/projeto_de_lei_denominacao_de_milton_ovidio.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4445/projeto_de_lei_denominacao_de_milton_ovidio.doc</t>
   </si>
   <si>
     <t>Dá denominação de Milton Ovídio de Lima ao logradouro público que no mapa do loteamento Bela Vista, encontra-se identificada como Rua M e dá outras providências.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4446/projeto_de_lei_denominacao_avenida_terezinha_de_TNboPxV.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4446/projeto_de_lei_denominacao_avenida_terezinha_de_TNboPxV.doc</t>
   </si>
   <si>
     <t>Dá denominação de Maria Terezinha de Jesus Marques ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Avenida e dá outras providências.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4447/projeto_de_lei_denominacao_rua_terezinha_de_oli_duEfN4E.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4447/projeto_de_lei_denominacao_rua_terezinha_de_oli_duEfN4E.doc</t>
   </si>
   <si>
     <t>Dá denominação de Terezinha de Oliveira e Silva ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Rua 1 e dá outras providências</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4448/projeto_de_lei_denominacao_rua_eliza_tozzo_lamoglia.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4448/projeto_de_lei_denominacao_rua_eliza_tozzo_lamoglia.doc</t>
   </si>
   <si>
     <t>Dá denominação de Eliza Tôzzo Lamoglia ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Rua 2 e dá outras providências</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4449/projeto_de_lei__coleta_de_lixo_-_cronograma.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4449/projeto_de_lei__coleta_de_lixo_-_cronograma.doc</t>
   </si>
   <si>
     <t>Dispõe sobre divulgação dos cronogramas de coleta de lixo no Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4450/projeto_de_lei__no_60.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4450/projeto_de_lei__no_60.2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, no âmbito do Município de Leopoldina, do uso de mangueiras transparentes, nas bombas de combustíveis e dá outras providências</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4451/projeto_de_lei__no_61.2019_-_meu_primeiro_emprego.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4451/projeto_de_lei__no_61.2019_-_meu_primeiro_emprego.doc</t>
   </si>
   <si>
     <t>Institui a semana denominada “Meu Primeiro Emprego” no âmbito do município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4452/projeto_62.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4452/projeto_62.2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, no Município de Leopoldina, da “Semana Municipal de Prevenção à gravidez na adolescência”, a ser celebrada, anualmente, na semana que incluir o dia 1º de fevereiro</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>Dá denominação de Sebastião Alexandre ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Rua 3 e dá outras providências</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4454/projeto_de_lei_no_64-2019_copasa_proibicao_cobr_L9Yuce7.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4454/projeto_de_lei_no_64-2019_copasa_proibicao_cobr_L9Yuce7.doc</t>
   </si>
   <si>
     <t>Proíbe a Companhia de Saneamento de Minas Gerais – Copasa de cobrar taxa de tratamento de esgoto nos casos em que não houver tratamento adequado, no âmbito do município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4455/projeto_de_lei_denominacao_projeto_no_65.2019_r_UCtN3KI.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4455/projeto_de_lei_denominacao_projeto_no_65.2019_r_UCtN3KI.doc</t>
   </si>
   <si>
     <t>Dá denominação de Geraldo Campos dos Anjos ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Rua 4 e dá outras providências</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4493/projeto_de_lei_denominacao_maria_terezinha_de_j_HDaMnZH.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4493/projeto_de_lei_denominacao_maria_terezinha_de_j_HDaMnZH.doc</t>
   </si>
   <si>
     <t>Dá denominação de Maria Terezinha de Jesus Marques ao logradouro público que no mapa do loteamento do Condomínio Terras de Santo Antônio, no Distrito de Piacatuba, encontra-se identificada como Rua 5 e dá outras providências</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Suplementares no Orçamento Municipal de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3391/projeto_de_resolucao_no_01-2019_xpWvJDg.docx</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3391/projeto_de_resolucao_no_01-2019_xpWvJDg.docx</t>
   </si>
   <si>
     <t>Confere o Título de Cidadã Honorária Leopoldinense a senhora Flávia Boechat Jardim de Melo.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3392/projeto_de_resolucao_no__02-2019.docx</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3392/projeto_de_resolucao_no__02-2019.docx</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Senhor Nilton Santos Moraes Correia</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3393/projeto_de_resolucao_no__03-2019_zkbOEqH.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3393/projeto_de_resolucao_no__03-2019_zkbOEqH.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Padre Marcelo Sérgio de Barros</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3394/projeto_de_resolucao_no_04-2019_BTRi5p4.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3394/projeto_de_resolucao_no_04-2019_BTRi5p4.doc</t>
   </si>
   <si>
     <t>Confere a Medalha de Mérito Leopoldinense ao Senhor João Paulo Pereira de Araújo</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3559/projeto_de_resolucao_no_05.2019_participacao_pa_htl1YQm.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3559/projeto_de_resolucao_no_05.2019_participacao_pa_htl1YQm.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a participação da Câmara Municipal de Leopoldina no projeto "Parlamento Jovem", autoriza as despesas que especifica para a sua manutenção e viabilização da participação dos cidadãos envolvidos, autoriza referendar termo de adesão e dá outras providências.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3729/projeto_de_resolucao_no_06-_2019_altera_regimen_jbRMQgh.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3729/projeto_de_resolucao_no_06-_2019_altera_regimen_jbRMQgh.doc</t>
   </si>
   <si>
     <t>Acrescenta e modifica dispositivos à Resolução nº 23, de 19 de dezembro de 2007, que contém o Regimento Interno da Câmara Municipal de Leopoldina.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_resolucao_no_07-2019.docx</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_resolucao_no_07-2019.docx</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Senhor André Nicolas Siss Silva.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_resolucao_no_08-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_resolucao_no_08-2019.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Senhor José Carlos Calil Júnior.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3961/projeto_de_resolucao_no_09-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3961/projeto_de_resolucao_no_09-2019.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário Leopoldinense ao Senhor Nilson Rocha Mendes</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4131/projeto_de_resolucao_no_10-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4131/projeto_de_resolucao_no_10-2019.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária Leopoldinense a Professora Lourdes Beatriz Junqueira Ferraz.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4132/projeto_de_resolucao_no_11-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4132/projeto_de_resolucao_no_11-2019.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária Leopoldinense a Senhora Tarcília Rodrigues Fernandes.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4391/projeto_de_resolucao_no____12.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4391/projeto_de_resolucao_no____12.2019.doc</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Leopoldina, exercício de 2017.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4393/projeto_de_resolucao_no___13.2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4393/projeto_de_resolucao_no___13.2019.doc</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Leopoldina exercício 2016.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4228/projeto_de_resolucao_no_15-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4228/projeto_de_resolucao_no_15-2019.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário Leopoldinense ao Empresário Luiz Cláudio Bastos de Moura.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4307/projeto_de_resolucao_no_16-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4307/projeto_de_resolucao_no_16-2019.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário Leopoldinense ao Empresário Jamil Samia Almeida.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4308/projeto_de_resolucao_no_17-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4308/projeto_de_resolucao_no_17-2019.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense à Empresária Edulce Maria do Vale Costa Reis.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4373/projeto_de_resolucao_no_18-2019.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4373/projeto_de_resolucao_no_18-2019.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Tenente Gilmar Guilherme Ferreira Seoldo.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4418/projeto_de_resolucao_no_19-2019_-_pedro_leitao.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4418/projeto_de_resolucao_no_19-2019_-_pedro_leitao.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário Leopoldinense ao Professor e Empresário Pedro Claudio Coutinho Leitão.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente da Câmara Municipal:_x000D_
 _x000D_
             O vereador abaixo assinado, vem por meio desta, na forma regimental, solicitar que V. Exa; após ouvido o plenário, tome a seguinte providência:_x000D_
 _x000D_
              Oficie a Companhia telefônica OI, de Leopoldina e Belo Horizonte, solicitando que tome as devidas providências, no sentido de instalar estrutura técnica, para que os moradores do bairro Alto da Boa Vista, possam solicitar a instalação de linhas telefônicas fixas, tendo em vista que atualmente não há estas condições no bairro, sendo um grande anseio de muitos moradores.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente da Câmara Municipal:_x000D_
@@ -9677,67 +9677,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/projeto_de_lei_complementar_01-_2019.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4109/projeto_de_lei_complementar__02.2019.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/projeto_de_lei_complementar_no_03.2019.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/projeto_de_lei_complementar_04.2019__-_estacion_h3Aq4vs.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3395/projeto_de_lei__-_abertura_cred_especial_-_jane_PJUtG0u.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3518/projeto_de_lei_no_02-2019.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3516/projeto_de_lei__no__03-2019.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3517/projeto_de_lei_no_04_-_2019_horario_de_shows.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3560/projeto_de_lei_no_05_-_2019_-_processo_licitac_lF2wYR8.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3562/projeto_de_lei_no_06_-_2019_-_recomposicao_subs_8wcM3DV.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3561/projeto_lei_no_07_-_2019__gratifica_natalina.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3563/projeto_de_lei__-_dispoe_sobre_a_limpeza_conser_C4oS2qL.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3642/projeto_de_lei__no_09-2019.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3643/projeto_de_lei_-_alteracao_da_lei_4.120_2013_cm_5OVurgm.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3644/projeto_de_lei_denominacao_de_rua_helio_silva_p_eSl87Zp.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3646/projeto_de_lei_no_13.2019_-_adote_um_ponto_de_onibus.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3668/projeto_de_lei_no_14.2019-_semana_do_autismo.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/projeto_de_lei_no_15-2019.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/projeto_de_lei_no_16-2019.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3960/projeto_de_lei_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3962/projeto_de_lei_no_19-2019_-_doador_de_sangue.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3963/projeto_de_lei_no_20-2019_-_exposicao_leopoldin_iwv062V.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3964/projeto_de_lei_no_21-2019__-_acrescenta_disposi_VM8XaXV.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3965/projeto_de_lei_denominacao_de_rua_joaquim_rosa__qt4vFNl.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/projeto_de_lei_no_23_-_2019_diagnostico_de_daltonismo.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/projeto_de_lei_no_24-2019_denominacao_rua_claudina.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/projeto_de_lei_25.2019_-_bdmg__3_milhoes_de_rea_8Vu2fRY.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/projeto_de_lei__27.2019.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4016/projeto_de_lei_no_28-2019_bengala_verde.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/projeto_de_lei_no_29.2019-_denominacao_de_rua.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4106/projeto_de_lei_31.2019_-_abertura_cred_suplementar.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4107/projeto_de_lei_32.2019_-_concurso_leiteiro_ribe_A1hv20w.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4108/projeto_de_lei_33.2019-_cessao_de_uso_terreno_5_MFVYBk3.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4133/projeto_de_lei_no_35-2019.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4163/projeto_de_lei_-_denominacao_a_praca_da_liberda_coeXWth.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4164/projeto_de_lei_-_denominacao_a_praca_da_amizade_TghHurn.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4167/projeto_de_lei_no_40_-_2019_plantio_de_arvore_e_za2Shfv.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4168/projeto_de_lei_no_41_-2019-_denominacao_de_rua.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4224/projeto_de_lei_altera_ldo_2019_-_43.2019.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4225/projeto_de_lei_do_orcamento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4227/projeto_de_lei_denominacao_de_rua_joaquim_rosa__4kXYmmR.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4286/projeto_de_lei_denominacao_de_rua_geraldo_ponte.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4309/projeto_de_lei_48.2019_-_projeto_de_abertura_cr_lmfkO3o.doc" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4353/projeto_de_lei_49.2019__-_denominacao_de_marcio_f5gWOwi.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4355/projeto_de_lei_50.2019_-_criacao_do_conselho_mu_IH90jIi.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4374/projeto_de_lei__52.2019-_cessao_onerosa_dos_dir_ocY9jHt.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4375/projeto_de_lei__53.2019-_dispoe_sobre_a_concess_gzbvbUN.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4419/projeto_de_lei__no__54.2019_I2c81qU.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4445/projeto_de_lei_denominacao_de_milton_ovidio.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4446/projeto_de_lei_denominacao_avenida_terezinha_de_TNboPxV.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4447/projeto_de_lei_denominacao_rua_terezinha_de_oli_duEfN4E.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4448/projeto_de_lei_denominacao_rua_eliza_tozzo_lamoglia.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4449/projeto_de_lei__coleta_de_lixo_-_cronograma.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4450/projeto_de_lei__no_60.2019.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4451/projeto_de_lei__no_61.2019_-_meu_primeiro_emprego.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4452/projeto_62.2019.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4454/projeto_de_lei_no_64-2019_copasa_proibicao_cobr_L9Yuce7.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4455/projeto_de_lei_denominacao_projeto_no_65.2019_r_UCtN3KI.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4493/projeto_de_lei_denominacao_maria_terezinha_de_j_HDaMnZH.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3391/projeto_de_resolucao_no_01-2019_xpWvJDg.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3392/projeto_de_resolucao_no__02-2019.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3393/projeto_de_resolucao_no__03-2019_zkbOEqH.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3394/projeto_de_resolucao_no_04-2019_BTRi5p4.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3559/projeto_de_resolucao_no_05.2019_participacao_pa_htl1YQm.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3729/projeto_de_resolucao_no_06-_2019_altera_regimen_jbRMQgh.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_resolucao_no_07-2019.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_resolucao_no_08-2019.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3961/projeto_de_resolucao_no_09-2019.doc" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4131/projeto_de_resolucao_no_10-2019.doc" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4132/projeto_de_resolucao_no_11-2019.doc" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4391/projeto_de_resolucao_no____12.2019.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4393/projeto_de_resolucao_no___13.2019.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4228/projeto_de_resolucao_no_15-2019.doc" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4307/projeto_de_resolucao_no_16-2019.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4308/projeto_de_resolucao_no_17-2019.doc" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4373/projeto_de_resolucao_no_18-2019.doc" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4418/projeto_de_resolucao_no_19-2019_-_pedro_leitao.doc" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/projeto_de_lei_complementar_01-_2019.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4109/projeto_de_lei_complementar__02.2019.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/projeto_de_lei_complementar_no_03.2019.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/projeto_de_lei_complementar_04.2019__-_estacion_h3Aq4vs.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3395/projeto_de_lei__-_abertura_cred_especial_-_jane_PJUtG0u.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3518/projeto_de_lei_no_02-2019.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3516/projeto_de_lei__no__03-2019.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3517/projeto_de_lei_no_04_-_2019_horario_de_shows.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3560/projeto_de_lei_no_05_-_2019_-_processo_licitac_lF2wYR8.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3562/projeto_de_lei_no_06_-_2019_-_recomposicao_subs_8wcM3DV.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3561/projeto_lei_no_07_-_2019__gratifica_natalina.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3563/projeto_de_lei__-_dispoe_sobre_a_limpeza_conser_C4oS2qL.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3642/projeto_de_lei__no_09-2019.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3643/projeto_de_lei_-_alteracao_da_lei_4.120_2013_cm_5OVurgm.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3644/projeto_de_lei_denominacao_de_rua_helio_silva_p_eSl87Zp.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3646/projeto_de_lei_no_13.2019_-_adote_um_ponto_de_onibus.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3668/projeto_de_lei_no_14.2019-_semana_do_autismo.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/projeto_de_lei_no_15-2019.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/projeto_de_lei_no_16-2019.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3960/projeto_de_lei_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3962/projeto_de_lei_no_19-2019_-_doador_de_sangue.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3963/projeto_de_lei_no_20-2019_-_exposicao_leopoldin_iwv062V.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3964/projeto_de_lei_no_21-2019__-_acrescenta_disposi_VM8XaXV.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3965/projeto_de_lei_denominacao_de_rua_joaquim_rosa__qt4vFNl.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/projeto_de_lei_no_23_-_2019_diagnostico_de_daltonismo.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/projeto_de_lei_no_24-2019_denominacao_rua_claudina.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/projeto_de_lei_25.2019_-_bdmg__3_milhoes_de_rea_8Vu2fRY.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/projeto_de_lei__27.2019.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4016/projeto_de_lei_no_28-2019_bengala_verde.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/projeto_de_lei_no_29.2019-_denominacao_de_rua.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4106/projeto_de_lei_31.2019_-_abertura_cred_suplementar.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4107/projeto_de_lei_32.2019_-_concurso_leiteiro_ribe_A1hv20w.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4108/projeto_de_lei_33.2019-_cessao_de_uso_terreno_5_MFVYBk3.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4133/projeto_de_lei_no_35-2019.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4163/projeto_de_lei_-_denominacao_a_praca_da_liberda_coeXWth.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4164/projeto_de_lei_-_denominacao_a_praca_da_amizade_TghHurn.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4167/projeto_de_lei_no_40_-_2019_plantio_de_arvore_e_za2Shfv.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4168/projeto_de_lei_no_41_-2019-_denominacao_de_rua.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4224/projeto_de_lei_altera_ldo_2019_-_43.2019.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4225/projeto_de_lei_do_orcamento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4227/projeto_de_lei_denominacao_de_rua_joaquim_rosa__4kXYmmR.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4286/projeto_de_lei_denominacao_de_rua_geraldo_ponte.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4309/projeto_de_lei_48.2019_-_projeto_de_abertura_cr_lmfkO3o.doc" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4353/projeto_de_lei_49.2019__-_denominacao_de_marcio_f5gWOwi.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4355/projeto_de_lei_50.2019_-_criacao_do_conselho_mu_IH90jIi.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4374/projeto_de_lei__52.2019-_cessao_onerosa_dos_dir_ocY9jHt.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4375/projeto_de_lei__53.2019-_dispoe_sobre_a_concess_gzbvbUN.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4419/projeto_de_lei__no__54.2019_I2c81qU.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4445/projeto_de_lei_denominacao_de_milton_ovidio.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4446/projeto_de_lei_denominacao_avenida_terezinha_de_TNboPxV.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4447/projeto_de_lei_denominacao_rua_terezinha_de_oli_duEfN4E.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4448/projeto_de_lei_denominacao_rua_eliza_tozzo_lamoglia.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4449/projeto_de_lei__coleta_de_lixo_-_cronograma.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4450/projeto_de_lei__no_60.2019.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4451/projeto_de_lei__no_61.2019_-_meu_primeiro_emprego.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4452/projeto_62.2019.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4454/projeto_de_lei_no_64-2019_copasa_proibicao_cobr_L9Yuce7.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4455/projeto_de_lei_denominacao_projeto_no_65.2019_r_UCtN3KI.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4493/projeto_de_lei_denominacao_maria_terezinha_de_j_HDaMnZH.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3391/projeto_de_resolucao_no_01-2019_xpWvJDg.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3392/projeto_de_resolucao_no__02-2019.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3393/projeto_de_resolucao_no__03-2019_zkbOEqH.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3394/projeto_de_resolucao_no_04-2019_BTRi5p4.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3559/projeto_de_resolucao_no_05.2019_participacao_pa_htl1YQm.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3729/projeto_de_resolucao_no_06-_2019_altera_regimen_jbRMQgh.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_resolucao_no_07-2019.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_resolucao_no_08-2019.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/3961/projeto_de_resolucao_no_09-2019.doc" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4131/projeto_de_resolucao_no_10-2019.doc" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4132/projeto_de_resolucao_no_11-2019.doc" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4391/projeto_de_resolucao_no____12.2019.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4393/projeto_de_resolucao_no___13.2019.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4228/projeto_de_resolucao_no_15-2019.doc" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4307/projeto_de_resolucao_no_16-2019.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4308/projeto_de_resolucao_no_17-2019.doc" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4373/projeto_de_resolucao_no_18-2019.doc" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2019/4418/projeto_de_resolucao_no_19-2019_-_pedro_leitao.doc" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>