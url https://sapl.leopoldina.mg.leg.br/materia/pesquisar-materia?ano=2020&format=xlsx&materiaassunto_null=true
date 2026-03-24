--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elvécio de Souza Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal,  Dr. José Roberto de Oliveira, indicação para que seja construído um muro de arrimo, na Rua Adávio Pires de Almeida (antiga Rua 10), tendo em vista que o barranco está desabando, o único bueiro da rua não está dando vazão  as águas da chuva que passam por cima dele, vai para o quintal de uma residência, destruindo o barranco, que poderá obstruir a via pública a qualquer momento devido um grande volume de águas pluviais.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal,  Dr. José Roberto de Oliveira, com cópia para a Secretária Municipal de Saúde, Lúcia Gama, indicação solicitando que adote as providências necessárias, através do setor de vigilância sanitária da municipalidade, ou de outro setor, objetivando que solucione o problema relacionado à infestação de escorpiões nos bairros Solar, Tomé Nogueira, Cidade Alta e demais bairros, tendo em vista que está ocorrendo muitas reclamações por parte dos moradores, ressaltando que o mesmo traz riscos à saúde das pessoas.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ivan Martins Nogueira</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal,  Dr. José Roberto de Oliveira, indicação solicitando que determine o setor competente, que realize vistoria e se for o caso, notificação, em locais públicos e particulares, tais como o Centro Social urbano e a sede da antiga fábrica de panela, localizada próximo ao bairro Pirineus, cujas lajes e caixas d’água estão abertas e acumulando água, proporcionando a proliferação do mosquito da dengue, haja vista que casos de dengue foram confirmados na região destes imóveis acima citados.</t>
   </si>
@@ -4112,897 +4112,897 @@
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. envie ofício aos familiares do Senhor FRANCISCO CARLOS ALMADA ESTEVES,  transmitindo os votos de profundo pesar desta Casa Legislativa, devido ao seu  falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que V. Exª. envie ofício aos familiares da Senhora ELIDE MARIA TELES TEODORO,  transmitindo os votos de profundo pesar desta Casa Legislativa, devido ao seu  falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4543/projeto_de_lei_complementar_no_01_-_altera_o_ni_BOnOB7k.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4543/projeto_de_lei_complementar_no_01_-_altera_o_ni_BOnOB7k.doc</t>
   </si>
   <si>
     <t>Altera o nível de escolaridade de cargo que especifica, constante na Lei Complementar nº 16, de 02 de julho de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4546/projeto_de_lei__-_reajuste_anual_do_piso_salari_QRaIwD5.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4546/projeto_de_lei__-_reajuste_anual_do_piso_salari_QRaIwD5.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste anual dos vencimentos aos servidores profissionais do cargo do Professor, para o fim específico de atualização acorde ao piso salarial nacional dos profissionais do magistério público da educação básica, conforme preceitua a Lei Federal nº 11.738/2008 e dá outras providências</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4701/projeto_de_lei__complementar_03.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4701/projeto_de_lei__complementar_03.2020.doc</t>
   </si>
   <si>
     <t>Cria zona de urbanização específica no Município de Leopoldina, para fins de implantação de um condomínio de lotes, nos termos do artigo 1.358 – A, do Código Civil e demais legislação aplicável e estabelece normas que a regulamenta.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4702/projeto_de_lei_complementar_no_04-2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4702/projeto_de_lei_complementar_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, quadro, carreira, vencimentos e atribuições dos Advogados do Município do quadro geral dos cargos em comissão da Advocacia- Geral do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4918/projeto_de_lei_complementar_no_05-2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4918/projeto_de_lei_complementar_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, quadro e atribuições dos Advogados do Município e do quadro geral dos cargos em comissão da Procuradoria- Geral do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4541/projeto_de_lei_-_denominacao_a_praca_josefa_de__gxKLRUF.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4541/projeto_de_lei_-_denominacao_a_praca_josefa_de__gxKLRUF.doc</t>
   </si>
   <si>
     <t>Dá denominação de “Praça Josefa de Oliveira Silva”, ao logradouro público localizado entre as Ruas Funchal Garcia, Professor Paulo Ramos Pinto, Nilo Colono dos Santos, Carlos Schettino e Omar Resende Peres, no Bairro São Cristóvão, neste município de Leopoldina - MG</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4542/projeto_de_lei_no_02-2020_-_abertura_cred_espec_PKx5gN4.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4542/projeto_de_lei_no_02-2020_-_abertura_cred_espec_PKx5gN4.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Especial ao orçamento do presente exercício de 2020.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4545/projeto_de_lei_-_institui_o_cemiterio_de_animai_aDkyyYu.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4545/projeto_de_lei_-_institui_o_cemiterio_de_animai_aDkyyYu.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, no Município de Leopoldina, do Cemitério e do Crematório de animais domésticos de pequeno e médio porte e dá outras providências</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>Dispõe sobre as sanções administrativas a serem aplicadas às práticas de discriminação em razão de orientação sexual e identidade de gênero.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4548/projeto_de_lei__-_abertura_cred_especial.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4548/projeto_de_lei__-_abertura_cred_especial.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Especial ao orçamento do presente exercício de 2020</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4549/projeto_de_lei__-_autorizacao_e__abertura_cred__KHuoCSi.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4549/projeto_de_lei__-_autorizacao_e__abertura_cred__KHuoCSi.doc</t>
   </si>
   <si>
     <t>Autoriza a transferência da gestão do canil municipal à AVAC – Associação dos Valentes Amigos dos Cães de Leopoldina- M.G., nos termos que menciona e dá outras providências</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4659/projeto_de_lei_no__07-2020_reajuste_servidores__onuuCfA.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4659/projeto_de_lei_no__07-2020_reajuste_servidores__onuuCfA.doc</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Públicos Municipais do Poder Legislativo Leopoldinense e dá outras providências</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4660/projeto_de_lei_08_-_2020_fixa_subsidios_prefeit_zXegpnj.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4660/projeto_de_lei_08_-_2020_fixa_subsidios_prefeit_zXegpnj.doc</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito,do Vice- Prefeito e dos Secretários Municipais do Município de Leopoldina, Minas Gerais, para a administração 2021-2024 e dá outras providências</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4661/plo_09-2020-_fixacao_subsidios_vereadores_2021-2024.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4661/plo_09-2020-_fixacao_subsidios_vereadores_2021-2024.doc</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município de Leopoldina, Minas Gerais para a Legislatura 2021-2024 e dá outras providências</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4662/projeto_de_lei__10.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4662/projeto_de_lei__10.2020.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, em nome do Município de Leopoldina, a adquirir a título oneroso o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4663/projeto_de_lei__11.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4663/projeto_de_lei__11.2020.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Leopoldina a firmar Convênio com entidades de direito privado e dá outras providências</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4664/projeto_de_lei__12.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4664/projeto_de_lei__12.2020.doc</t>
   </si>
   <si>
     <t>Regulamenta serviços de transporte mediante aplicativo no âmbito do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4665/projeto_de_lei__no_13.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4665/projeto_de_lei__no_13.2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento eliminador de ar na tubulação do sistema de água residencial ou comercial.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4666/projeto_de_lei_denominacao_14.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4666/projeto_de_lei_denominacao_14.2020.doc</t>
   </si>
   <si>
     <t>Dá denominação de João Vargas de Oliveira ao logradouro público localizado em frente a Igreja Evangélica, situada na Rua Alan Kardec, Bairro Quinta Residência, mais precisamente em frente ao Idesc e dá outras providências</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4704/projeto_de_lei__15.2020-_abertura_cred_especial.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4704/projeto_de_lei__15.2020-_abertura_cred_especial.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial ao orçamento do presente exercício de 2020.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4705/projeto_de_lei__16.2020-_abertura_cred_especia__Wa8CWFF.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4705/projeto_de_lei__16.2020-_abertura_cred_especia__Wa8CWFF.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial ao orçamento do presente exercício de 2020</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial ao Orçamento do presente exercício de 2020</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4707/projeto_no_18.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4707/projeto_no_18.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual dos vencimentos dos servidores públicos do Poder Executivo do Município de Leopoldina, de que trata o art. 37, inciso X, da Constituição Federal</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4708/projeto_de_lei_19.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4708/projeto_de_lei_19.2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Piso Salarial profissional nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate as Endemias, do Município de Leopoldina</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4709/projeto_de_lei_20.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4709/projeto_de_lei_20.2020.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fornecer auxílio alimentação aos servidores municipais do quadro de pessoal do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4710/projeto_de_lei_no_21.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4710/projeto_de_lei_no_21.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de ação e meta no PPA 2018-2021 e na LDO 2020 e a abertura de crédito adicional especial, por anulação parcial de dotação e provável excesso de arrecadação na fonte 154 - Outras transferências de Recursos do SUS.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei__no_22.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei__no_22.2020.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão de ação e meta no PPA 2018-2021 e na LDO 2020 e a abertura de crédito adicional especial, por anulação parcial de dotação e provável excesso de arrecadação na fonte 154 – Outras Transferências de Recursos do SUS."</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4712/projeto_de_lei_no_23.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4712/projeto_de_lei_no_23.2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão de ação e meta no PPA 2018-2021 e na LDO 2020 e a abertura de crédito adicional especial, por anulação parcial de dotação e provável excesso de arrecadação na fonte 154 - Outras transferências do SUS".</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4713/projeto_de_lei_no_24-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4713/projeto_de_lei_no_24-2020.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre coleta, escoamento,o aproveitamento e tratamento da água proveniente do processo de condensação de aparelhos de ar condicionado, e dá outras providências".</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4812/projeto_de_lei__no_25_-_fibromialgia.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4812/projeto_de_lei__no_25_-_fibromialgia.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Proteção dos Direitos da Pessoa com Fibromialgia</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4813/projeto_de_lei__no_26_-__fribomialgia_-_atendim_5ArJBow.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4813/projeto_de_lei__no_26_-__fribomialgia_-_atendim_5ArJBow.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas com fibromialgia nos locais em que especifica e dá outras providências</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4814/pl_uso_de_mascaras_obrigatorio.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4814/pl_uso_de_mascaras_obrigatorio.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de máscaras pelas pessoas que menciona, como medida de enfrentamento à disseminação do novo coronavírus, causador da COVID – 19, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4815/porjeto_de_lei__-__abertura_de_credito_especial_G9U4H4k.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4815/porjeto_de_lei__-__abertura_de_credito_especial_G9U4H4k.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a inclusão de ação e meta no PPA 2018-2021 e na LDO 2020 e a abertura de crédito adicional especial por anulação parcial de dotação.”</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4816/projeto_de_lei_no_29-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4816/projeto_de_lei_no_29-2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de valores a título de inscrição em concursos públicos no âmbito do Município de Leopoldina, para os eleitores convocados e nomeados, que tenham prestado serviço eleitoral e dá outras providências</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4819/projeto_de_lei__no_31.2020_-__covid-19.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4819/projeto_de_lei__no_31.2020_-__covid-19.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de canal de denúncias, no site oficial do município, para apurar desrespeito aos Atos Normativos, Decretos e Leis Municipais, no âmbito do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4820/projeto_de_lei_no_32.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4820/projeto_de_lei_no_32.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de ação e meta no PPA 2018-2021 e no LDO 2020 para enfrentamento da COVID -19, no âmbito da Secretaria Municipal de Assistência Social.”</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4821/projeto_de_lei__no_33.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4821/projeto_de_lei__no_33.2020.doc</t>
   </si>
   <si>
     <t>Autoriza abertura de Créditos Suplementares no Orçamento Municipal de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4897/projeto_de_lei_no_34_-_2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4897/projeto_de_lei_no_34_-_2020.doc</t>
   </si>
   <si>
     <t>Autoriza a regulamentação do procedimento para regularização fundiária rural e urbana, com o devido registro no Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4898/projeto_de_lei_no_35.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4898/projeto_de_lei_no_35.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Suplementares no Orçamento Municipal de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4899/projeto_de_lei_no_36.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4899/projeto_de_lei_no_36.2020.pdf</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4900/projeto_de_lei_no_37.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4900/projeto_de_lei_no_37.2020.pdf</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4901/projeto_de_lei_38.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4901/projeto_de_lei_38.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Abertura de Crédito Especial ao orçamento do presente exercício de 2020".</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4919/projeto_de_lei_no_39.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4919/projeto_de_lei_no_39.2020.doc</t>
   </si>
   <si>
     <t>Estabelece as Igrejas e os templos religiosos de qualquer culto como atividade essencial para efeito de políticas públicas no âmbito do Município de Leopoldina</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4920/projeto_de_lei_no_40.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4920/projeto_de_lei_no_40.2020.doc</t>
   </si>
   <si>
     <t>Estabelece a obrigação de disponibilizar álcool gel 70% ou produto de eficácia similar para higiene das mãos nos estabelecimentos que comercializam alimentos para consumo no local do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4921/projeto_41.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4921/projeto_41.2020.pdf</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4922/projeto_de_lei_42_-_2020_cessao_de_servidores.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4922/projeto_de_lei_42_-_2020_cessao_de_servidores.doc</t>
   </si>
   <si>
     <t>Autoriza a cessão ao Estado de Minas Gerais, através da Polícia Civil, de servidores investidos em cargos de provimentos efetivos, do quadro de pessoal da Câmara Municipal de Leopoldina, MG e dá outras providências</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4923/projeto_de_lei_denominacao_de_rua_jarez_mesquit_f4S9tww.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4923/projeto_de_lei_denominacao_de_rua_jarez_mesquit_f4S9tww.doc</t>
   </si>
   <si>
     <t>Dá denominação de Juarez Mesquita Alvarez ao logradouro público, que no mapa do loteamento Imperador Fase II, encontra-se identificada como Rua B e dá outras providências</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4924/projeto_de_lei_no_44.2020_Yzu66pH.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4924/projeto_de_lei_no_44.2020_Yzu66pH.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de identificação dos veículos oficiais e a serviço da Administração Pública e dá outras providências.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4943/projeto_de_lei_no_45.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4943/projeto_de_lei_no_45.2020.pdf</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4944/projeto_no_46.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4944/projeto_no_46.2020.pdf</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5012/projeto_de_lei_no_47-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5012/projeto_de_lei_no_47-2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Farmácia Solidária no âmbito do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5093/projeto_48.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5093/projeto_48.2020.pdf</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5094/projeto_de_lei_49.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5094/projeto_de_lei_49.2020.pdf</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5112/projeto_de_lei_50.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5112/projeto_de_lei_50.2020.pdf</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5122/projeto_loa_2021-_51.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5122/projeto_loa_2021-_51.2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Leopoldina para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5128/projeto_52.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5128/projeto_52.2020.pdf</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5129/projeto_53.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5129/projeto_53.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Suplementar no Orçamento Municipal de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5138/projeto_54.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5138/projeto_54.2020.pdf</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5152/projeto_de_lei_55.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5152/projeto_de_lei_55.2020.pdf</t>
   </si>
   <si>
     <t>Altera a denominação e reestrutura o Conselho Municipal de Defesa do Meio Ambiente – CODEMA, assim como o Fundo Municipal de Defesa do Meio Ambiente- FUMDEMA e dá outras providências.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5159/projeto_56.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5159/projeto_56.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição para a Associação Comercial, Industrial, Agropecuária e de Serviços de Leopoldina – ACIL e dá outras providências.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5160/projeto_de_lei_no_57.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5160/projeto_de_lei_no_57.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Suplementares no Orçamento Municipal de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5202/projeto_58.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5202/projeto_58.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o índice de atualização monetária dos valores discriminados nas tabelas constantes na legislação tributária municipal que menciona, para o exercício financeiro de 2021</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5203/projeto_59.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5203/projeto_59.2020.pdf</t>
   </si>
   <si>
     <t>Altera redação da Lei Municipal nº 3.748, de 27 de dezembro de 2006, que institui a unidade fiscal do Município de Leopoldina (UFL) e dá outras providências</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5205/projeto_60.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5205/projeto_60.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 4.383, de 31 de outubro de 2017 que “Regulamenta a Concessão de Benefícios em virtude de situações de vulnerabilidade temporária e de calamidade pública, no âmbito da política municipal de Assistência Social e dá outras providências".</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5210/projeto_61.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5210/projeto_61.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza medidas excepcionais no âmbito dos contratos administrativos de prestação de serviços de transporte escolar, em face da situação de emergência e estado de calamidade pública decorrentes do Covid- 19, no âmbito do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5211/projeto_62.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5211/projeto_62.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.530, de 05 de agosto de 2020 que “Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2021 e dá outras providências”</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5212/projeto_63.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5212/projeto_63.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar acordo judicial, e dá outras providências</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5214/projeto_de_lei_-_denominacao_bairro_mario_heleno.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5214/projeto_de_lei_-_denominacao_bairro_mario_heleno.doc</t>
   </si>
   <si>
     <t>Dá denominação de Mario Heleno de Almeida a bairro que menciona na Cidade de Leopoldina- M.G.</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5241/projeto_de_lei__-_65.2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5241/projeto_de_lei__-_65.2020.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DO PRESENTE EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5254/projeto_de_lei_-_denominacao_rodovia_mario_heleno.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5254/projeto_de_lei_-_denominacao_rodovia_mario_heleno.doc</t>
   </si>
   <si>
     <t>Dá denominação de Vereador Mario Heleno Lopes de Almeida à rodovia e à estrada que menciona, localizada no Município de Leopoldina, e dá outras providências</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5256/projeto_de_lei_no_67-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5256/projeto_de_lei_no_67-2020.doc</t>
   </si>
   <si>
     <t>Ficam revogadas as Leis Municipais nºs 4.504, 4.505, 4.506, 4.507, 4.508, todas promulgadas no dia 22 de janeiro de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5257/projeto_68.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5257/projeto_68.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Suplementar ao orçamento do presente exercício de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5267/projeto_69.2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5267/projeto_69.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a entrega do prêmio, em dinheiro, na Campanha Promocional “IPTU Premiado” de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4544/projeto_de_resolucao_no_01-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4544/projeto_de_resolucao_no_01-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense a Senhora Janaína de Souza.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4634/projeto_de_resolucao_no_02_-_2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4634/projeto_de_resolucao_no_02_-_2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Deputado Federal Charlles Thomacelli Evangelista</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4635/projeto_de_resolucao_no_03-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4635/projeto_de_resolucao_no_03-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadã Honorária Leopoldinense a Senhora Luzia Vital Ribeiro</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4667/projeto_de_resolucao_no_04-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4667/projeto_de_resolucao_no_04-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Empresário Antônio Carlos de Oliveira Silva</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4818/projeto_de_resolucao_no_05-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4818/projeto_de_resolucao_no_05-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Investigador de Policia Civil João Maurício Celestino.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4942/projeto_de_resolucao_no_06-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4942/projeto_de_resolucao_no_06-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Vereador Antônio Carlos Martins Pimentel.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5199/projeto_de_resolucao_no_08-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5199/projeto_de_resolucao_no_08-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao médico Dr. Dilfar Monteiro Arruda.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5200/projeto_de_resolucao_no_09-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5200/projeto_de_resolucao_no_09-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Senhor José Publio de Almeida Cunha</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5201/projeto_de_resolucao_no_10-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5201/projeto_de_resolucao_no_10-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao médico Dr Leonardo Vicente Coelho</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5204/projeto_de_resolucao_no__11-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5204/projeto_de_resolucao_no__11-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao senhor Ângelo Alvarenga Pires.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5213/projeto_de_resolucao_no_12-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5213/projeto_de_resolucao_no_12-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Senhor Jorge Roberto de Souza Barbosa</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5240/projeto_de_resolucao_no_13-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5240/projeto_de_resolucao_no_13-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao médico Dr. Antônio Carlos Andrade de Almeida</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5255/projeto_de_resolucao_no_14-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5255/projeto_de_resolucao_no_14-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Sr. Francisco de Assis Antônio</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5258/projeto_de_resolucao_no_15-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5258/projeto_de_resolucao_no_15-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Advogado Hilton Charles Campos do Amaral</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5259/projeto_de_resolucao_no_16-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5259/projeto_de_resolucao_no_16-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Sr. Carlos Tenedini</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5260/projeto_de_resolucao_no_17-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5260/projeto_de_resolucao_no_17-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Senhor Ademar Teodoro Batista</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5261/projeto_de_resolucao_no_18-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5261/projeto_de_resolucao_no_18-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense ao Advogado Fernando Amarante Barcellos Filho</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5262/projeto_de_resolucao_no_19-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5262/projeto_de_resolucao_no_19-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha do Mérito Leopoldinense à Senhora Samantha Couto de Melo</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5263/projeto_de_resolucao_no_20-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5263/projeto_de_resolucao_no_20-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadã Honorária Leopoldinense à Sra. Maria Clara da Silva</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5264/projeto_de_resolucao_no_21-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5264/projeto_de_resolucao_no_21-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Advogado Dr. Emanuel Araújo de Azevedo Antunes</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5265/projeto_de_resolucao_no_22-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5265/projeto_de_resolucao_no_22-2020.doc</t>
   </si>
   <si>
     <t>Confere a Medalha ao Mérito Leopoldinense ao Chefe de Gabinete Sr. Luiz Augusto Cabral</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5266/projeto_de_resolucao_no_23-2020.doc</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5266/projeto_de_resolucao_no_23-2020.doc</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão Honorário Leopoldinense ao Sr. Antônio de Souza Teixeira</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4703/proposta_de_emenda_a_lei_organica_01-2020.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4703/proposta_de_emenda_a_lei_organica_01-2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 97 da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>Acrescenta o artigo 119-A e modifica dispositivos no artigo 81, da Lei nº 2.187, de 27 de abril de 1.990, que contém a organização municipal de Leopoldina.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
     <t>O vereador abaixo assinado, vêm por meio desta, na forma regimental, solicitar que V. Exa; após ouvido o plenário, tome a seguinte providência:_x000D_
 _x000D_
 _x000D_
                                      Oficie aos seguintes órgãos: DNIT, DER e Prefeitura Municipal de Leopoldina, solicitando que tome as providências cabíveis, no sentido de resolver o problema de desmoronamento de parte de um barranco, localizado no distrito de Tebas, que está colocando em risco a Rodovia MG 267, mais precisamente próximo ao acesso das ruas Osvaldo Evangelista dos Anjos e Omar Resende Peres. No local já foi colocada sinalização, para orientação aos motoristas, mas é preciso tomar providências urgentes, pois há o risco de parte da referida rodovia ceder em virtude do grande fluxo de veículos, principalmente pesados, como ônibus e caminhões. Fotos em anexo.</t>
   </si>
@@ -6484,51 +6484,51 @@
     <t>O Vereador que a este subscreve, vem, no uso de suas atribuições legais e na forma regimental, requerer, após consultados os nobres pares, que V. Exa; tome a seguinte providência:_x000D_
 _x000D_
                             Determine à Assessoria Jurídica desta Casa Legislativa, que pesquise nos meios legais, e informe a este vereador por escrito, como está a atual situação do procedimento judicial, relacionado à “Inexigibilidade do Lixo.”</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, vem, no uso de suas atribuições legais e na forma regimental, requerer, após consultados os nobres pares, que V. Exa; tome a seguinte providência:_x000D_
 _x000D_
                             Oficie os ginecologistas pertencentes ao corpo clínico da Casa de Caridade Leopoldinense, convidando-os, para que compareçam em uma das reuniões ordinárias desta Casa Legislativa, objetivando explanarem sobre cirurgias eletivas.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
     <t>POVO</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4763/denuncia.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4763/denuncia.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PROVIDÊNCIAS ADMINISTRATIVAS, AFASTAMENTO DO PREFEITO JOSÉ ROBERTO DE OLIVEIRA E CONSTITUIÇÃO DE COMISSÃO PROCESSANTE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6835,67 +6835,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4543/projeto_de_lei_complementar_no_01_-_altera_o_ni_BOnOB7k.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4546/projeto_de_lei__-_reajuste_anual_do_piso_salari_QRaIwD5.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4701/projeto_de_lei__complementar_03.2020.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4702/projeto_de_lei_complementar_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4918/projeto_de_lei_complementar_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4541/projeto_de_lei_-_denominacao_a_praca_josefa_de__gxKLRUF.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4542/projeto_de_lei_no_02-2020_-_abertura_cred_espec_PKx5gN4.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4545/projeto_de_lei_-_institui_o_cemiterio_de_animai_aDkyyYu.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4548/projeto_de_lei__-_abertura_cred_especial.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4549/projeto_de_lei__-_autorizacao_e__abertura_cred__KHuoCSi.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4659/projeto_de_lei_no__07-2020_reajuste_servidores__onuuCfA.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4660/projeto_de_lei_08_-_2020_fixa_subsidios_prefeit_zXegpnj.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4661/plo_09-2020-_fixacao_subsidios_vereadores_2021-2024.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4662/projeto_de_lei__10.2020.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4663/projeto_de_lei__11.2020.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4664/projeto_de_lei__12.2020.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4665/projeto_de_lei__no_13.2020.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4666/projeto_de_lei_denominacao_14.2020.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4704/projeto_de_lei__15.2020-_abertura_cred_especial.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4705/projeto_de_lei__16.2020-_abertura_cred_especia__Wa8CWFF.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4707/projeto_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4708/projeto_de_lei_19.2020.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4709/projeto_de_lei_20.2020.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4710/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei__no_22.2020.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4712/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4713/projeto_de_lei_no_24-2020.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4812/projeto_de_lei__no_25_-_fibromialgia.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4813/projeto_de_lei__no_26_-__fribomialgia_-_atendim_5ArJBow.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4814/pl_uso_de_mascaras_obrigatorio.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4815/porjeto_de_lei__-__abertura_de_credito_especial_G9U4H4k.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4816/projeto_de_lei_no_29-2020.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4819/projeto_de_lei__no_31.2020_-__covid-19.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4820/projeto_de_lei_no_32.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4821/projeto_de_lei__no_33.2020.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4897/projeto_de_lei_no_34_-_2020.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4898/projeto_de_lei_no_35.2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4899/projeto_de_lei_no_36.2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4900/projeto_de_lei_no_37.2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4901/projeto_de_lei_38.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4919/projeto_de_lei_no_39.2020.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4920/projeto_de_lei_no_40.2020.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4921/projeto_41.2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4922/projeto_de_lei_42_-_2020_cessao_de_servidores.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4923/projeto_de_lei_denominacao_de_rua_jarez_mesquit_f4S9tww.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4924/projeto_de_lei_no_44.2020_Yzu66pH.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4943/projeto_de_lei_no_45.2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4944/projeto_no_46.2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5012/projeto_de_lei_no_47-2020.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5093/projeto_48.2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5094/projeto_de_lei_49.2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5112/projeto_de_lei_50.2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5122/projeto_loa_2021-_51.2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5128/projeto_52.2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5129/projeto_53.2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5138/projeto_54.2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5152/projeto_de_lei_55.2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5159/projeto_56.2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5160/projeto_de_lei_no_57.2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5202/projeto_58.2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5203/projeto_59.2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5205/projeto_60.2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5210/projeto_61.2020.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5211/projeto_62.2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5212/projeto_63.2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5214/projeto_de_lei_-_denominacao_bairro_mario_heleno.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5241/projeto_de_lei__-_65.2020.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5254/projeto_de_lei_-_denominacao_rodovia_mario_heleno.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5256/projeto_de_lei_no_67-2020.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5257/projeto_68.2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5267/projeto_69.2020.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4544/projeto_de_resolucao_no_01-2020.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4634/projeto_de_resolucao_no_02_-_2020.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4635/projeto_de_resolucao_no_03-2020.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4667/projeto_de_resolucao_no_04-2020.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4818/projeto_de_resolucao_no_05-2020.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4942/projeto_de_resolucao_no_06-2020.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5199/projeto_de_resolucao_no_08-2020.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5200/projeto_de_resolucao_no_09-2020.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5201/projeto_de_resolucao_no_10-2020.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5204/projeto_de_resolucao_no__11-2020.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5213/projeto_de_resolucao_no_12-2020.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5240/projeto_de_resolucao_no_13-2020.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5255/projeto_de_resolucao_no_14-2020.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5258/projeto_de_resolucao_no_15-2020.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5259/projeto_de_resolucao_no_16-2020.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5260/projeto_de_resolucao_no_17-2020.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5261/projeto_de_resolucao_no_18-2020.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5262/projeto_de_resolucao_no_19-2020.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5263/projeto_de_resolucao_no_20-2020.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5264/projeto_de_resolucao_no_21-2020.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5265/projeto_de_resolucao_no_22-2020.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5266/projeto_de_resolucao_no_23-2020.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4703/proposta_de_emenda_a_lei_organica_01-2020.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4763/denuncia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4543/projeto_de_lei_complementar_no_01_-_altera_o_ni_BOnOB7k.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4546/projeto_de_lei__-_reajuste_anual_do_piso_salari_QRaIwD5.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4701/projeto_de_lei__complementar_03.2020.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4702/projeto_de_lei_complementar_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4918/projeto_de_lei_complementar_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4541/projeto_de_lei_-_denominacao_a_praca_josefa_de__gxKLRUF.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4542/projeto_de_lei_no_02-2020_-_abertura_cred_espec_PKx5gN4.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4545/projeto_de_lei_-_institui_o_cemiterio_de_animai_aDkyyYu.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4548/projeto_de_lei__-_abertura_cred_especial.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4549/projeto_de_lei__-_autorizacao_e__abertura_cred__KHuoCSi.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4659/projeto_de_lei_no__07-2020_reajuste_servidores__onuuCfA.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4660/projeto_de_lei_08_-_2020_fixa_subsidios_prefeit_zXegpnj.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4661/plo_09-2020-_fixacao_subsidios_vereadores_2021-2024.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4662/projeto_de_lei__10.2020.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4663/projeto_de_lei__11.2020.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4664/projeto_de_lei__12.2020.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4665/projeto_de_lei__no_13.2020.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4666/projeto_de_lei_denominacao_14.2020.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4704/projeto_de_lei__15.2020-_abertura_cred_especial.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4705/projeto_de_lei__16.2020-_abertura_cred_especia__Wa8CWFF.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4707/projeto_no_18.2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4708/projeto_de_lei_19.2020.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4709/projeto_de_lei_20.2020.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4710/projeto_de_lei_no_21.2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei__no_22.2020.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4712/projeto_de_lei_no_23.2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4713/projeto_de_lei_no_24-2020.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4812/projeto_de_lei__no_25_-_fibromialgia.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4813/projeto_de_lei__no_26_-__fribomialgia_-_atendim_5ArJBow.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4814/pl_uso_de_mascaras_obrigatorio.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4815/porjeto_de_lei__-__abertura_de_credito_especial_G9U4H4k.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4816/projeto_de_lei_no_29-2020.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4819/projeto_de_lei__no_31.2020_-__covid-19.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4820/projeto_de_lei_no_32.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4821/projeto_de_lei__no_33.2020.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4897/projeto_de_lei_no_34_-_2020.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4898/projeto_de_lei_no_35.2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4899/projeto_de_lei_no_36.2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4900/projeto_de_lei_no_37.2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4901/projeto_de_lei_38.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4919/projeto_de_lei_no_39.2020.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4920/projeto_de_lei_no_40.2020.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4921/projeto_41.2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4922/projeto_de_lei_42_-_2020_cessao_de_servidores.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4923/projeto_de_lei_denominacao_de_rua_jarez_mesquit_f4S9tww.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4924/projeto_de_lei_no_44.2020_Yzu66pH.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4943/projeto_de_lei_no_45.2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4944/projeto_no_46.2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5012/projeto_de_lei_no_47-2020.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5093/projeto_48.2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5094/projeto_de_lei_49.2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5112/projeto_de_lei_50.2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5122/projeto_loa_2021-_51.2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5128/projeto_52.2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5129/projeto_53.2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5138/projeto_54.2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5152/projeto_de_lei_55.2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5159/projeto_56.2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5160/projeto_de_lei_no_57.2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5202/projeto_58.2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5203/projeto_59.2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5205/projeto_60.2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5210/projeto_61.2020.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5211/projeto_62.2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5212/projeto_63.2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5214/projeto_de_lei_-_denominacao_bairro_mario_heleno.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5241/projeto_de_lei__-_65.2020.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5254/projeto_de_lei_-_denominacao_rodovia_mario_heleno.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5256/projeto_de_lei_no_67-2020.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5257/projeto_68.2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5267/projeto_69.2020.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4544/projeto_de_resolucao_no_01-2020.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4634/projeto_de_resolucao_no_02_-_2020.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4635/projeto_de_resolucao_no_03-2020.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4667/projeto_de_resolucao_no_04-2020.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4818/projeto_de_resolucao_no_05-2020.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4942/projeto_de_resolucao_no_06-2020.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5199/projeto_de_resolucao_no_08-2020.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5200/projeto_de_resolucao_no_09-2020.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5201/projeto_de_resolucao_no_10-2020.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5204/projeto_de_resolucao_no__11-2020.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5213/projeto_de_resolucao_no_12-2020.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5240/projeto_de_resolucao_no_13-2020.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5255/projeto_de_resolucao_no_14-2020.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5258/projeto_de_resolucao_no_15-2020.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5259/projeto_de_resolucao_no_16-2020.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5260/projeto_de_resolucao_no_17-2020.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5261/projeto_de_resolucao_no_18-2020.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5262/projeto_de_resolucao_no_19-2020.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5263/projeto_de_resolucao_no_20-2020.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5264/projeto_de_resolucao_no_21-2020.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5265/projeto_de_resolucao_no_22-2020.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/5266/projeto_de_resolucao_no_23-2020.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4703/proposta_de_emenda_a_lei_organica_01-2020.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2020/4763/denuncia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H739"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>