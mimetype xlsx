--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>EDVALDO FRANQUIDO, CARLOS ANDRÉ, IVAN NOGUEIRA, JULIUS CÉZAR, RODRIGO PIMENTEL</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal, Prefeito Municipal Pedro Augusto Junqueira Ferraz, a seguinte indicação:_x000D_
 _x000D_
 Tendo em vista, que segundo informações, com a realização da reforma da praça de Tebas, não funcionará uma quadra no local, solicito ao Poder Executivo, que estude a viabilidade,de arrumar um local adequado, de preferência próximo á referida praça, e se for o caso que seja desaproprieado algum terreno, para que seja construída uma quadra de esportes, para atender a comunidade de Tebas, haja vista a necessidade.</t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JULIUS CÉZAR, CARLOS ANDRÉ, IVAN NOGUEIRA, JOSÉ DO CARMO, RODRIGO PIMENTEL</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar após consultados os nobres pares, que V. Exª. encaminhe ao Chefe do Poder Executivo Municipal, Prefeito Municipal Pedro Augusto Junqueira Ferraz, com cópia para o Secretário Municipal de Saúde, Márcio Vieira Machado, a seguinte indicação:_x000D_
 _x000D_
 Pede-se ao Executivo que estude a possibilidade para que seja feito um mutirão de prótese dentária para atender aos munícipes, dando prioridade aos idosos.</t>
   </si>
   <si>
     <t>7978</t>
   </si>
   <si>
     <t>3</t>
@@ -1538,486 +1538,486 @@
   <si>
     <t>O Vereador que a esta subscreve, vem, no uso de suas atribuições legais e na forma regimental, solicitar, que V. Exª. envie ofício aos familiares do Senhor JULIO DA SILVA BADARÓ, transmitindo os votos de profundo pesar desta Casa Legislativa, devido ao seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>7990</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, vem, no uso de suas atribuições legais e na forma regimental, solicitar, após consultados os nobres pares, que  V. Exª, envie Moção de Repúdio à Direção do Departamento Nacional de Infraestrutura de Transporte (DNIT) nas esferas Municipal, Estadual e Federal, em razão das péssimas condições da BR-267 no trecho entre os municípios de Leopoldina e Juiz de Fora, que colocam em risco as vidas de milhares de pessoas que nela trafegam diariamente, deparando-se com a falta de conservação da rodovia, grande quantidade de buracos, verdadeiras crateras, que provocam acidentes e resultam em vítimas.</t>
   </si>
   <si>
     <t>8122</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8122/decreto_legislativo_01_de_18_de_dezembro_de_2023..pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8122/decreto_legislativo_01_de_18_de_dezembro_de_2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Prefeito Municipal Ausentar-se do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>7916</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7916/projeto_02-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7916/projeto_02-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar Municipal n° 67, de 24 de fevereiro de 2022, e dá outras providências</t>
   </si>
   <si>
     <t>7946</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7946/projeto_de_lei_complementar_02.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7946/projeto_de_lei_complementar_02.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar nº 60 de 22 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>8067</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8067/projeto_de_lei_complementar_03.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8067/projeto_de_lei_complementar_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste anual dos vencimentos aos servidores profissionais do cargo de Professor, para o fim específico de atualização acorde ao piso salarial nacional dos profissionais do magistério público da educação básica, conforme preceitua a Lei Federal nº 11.738/2008 e dá outras providências</t>
   </si>
   <si>
     <t>8068</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8068/projeto_de_lei_complementar_04.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8068/projeto_de_lei_complementar_04.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal n° 16, de 02 de julho de 2010 de 2010, extingue e cria cargos, institui função gratificada no quadro de pessoal da administração pública municipal, e dá outras providências</t>
   </si>
   <si>
     <t>8069</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8069/projeto_de_lei_complementar_05.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8069/projeto_de_lei_complementar_05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste anual dos vencimentos aos servidores profissionais do cargo de Professor, para o fim específico de atualização acorde ao piso salarial nacional dos profissionais do magistério público da educação básica, conforme preceitua a Lei Federal n° 11.738/2008 e dá outras providências</t>
   </si>
   <si>
     <t>8070</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8070/projeto_de_lei_complementar_06.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8070/projeto_de_lei_complementar_06.pdf</t>
   </si>
   <si>
     <t>8077</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8077/projeto_de_lei_complementar_07.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8077/projeto_de_lei_complementar_07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Guarda Civil Municipal de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>8078</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8078/projeto_de_lei_complementar_08.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8078/projeto_de_lei_complementar_08.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Centro Municipal de Atendimento ao Indivíduo com Transtorno do Espectro Autista (Centro de Atendimento ao Autismo TEAbraço – Dr. Abdo Cristiano Salomão) no Município de Leopoldina.</t>
   </si>
   <si>
     <t>8116</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8116/projeto_de_lei_complementar_09.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8116/projeto_de_lei_complementar_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação da Produtividade Fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7915/projeto_01-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7915/projeto_01-2023.pdf</t>
   </si>
   <si>
     <t>Revoga in totum a Lei Municipal n° 4.344, de 05 de outubro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>7917</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7917/projeto_02-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7917/projeto_02-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Contribuição para a realização da Exposição Interestadual de Girolando - Circuito Megaleite 2022/2023 - Etapa Sul/Sudeste e dá outras providências</t>
   </si>
   <si>
     <t>7918</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7918/projeto_03-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7918/projeto_03-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Leopoldina, MG, a implantar o Serviço Municipal de Transportes Coletivos de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>7919</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7919/projeto_04-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7919/projeto_04-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Piso Salarial profissional nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate as Endemias, do Municipio de Leopoldina.</t>
   </si>
   <si>
     <t>7920</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7920/projeto_05-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7920/projeto_05-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece a desafetação e posterior doação à Associação das Pioneiras de Leopoldina - APIL, de imóvel pertencente ao patrimônio dessa municipalidade, e dá outras providências.</t>
   </si>
   <si>
     <t>7921</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7921/projeto_06-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7921/projeto_06-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n° 4.344 de 05 de outubro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>7922</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7922/projeto_07-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7922/projeto_07-2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Monsenhor Antônio José Chámel à atual Praça do Rosário e dá outras providências.</t>
   </si>
   <si>
     <t>7923</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7923/projeto_08-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7923/projeto_08-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de ação e meta no PPA 2022-2025 e na LDO 2023 e a abertura de crédito adicional especial para a ampliação do prédio da 3ª Delegacia Regional de Polícia Civil</t>
   </si>
   <si>
     <t>7924</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7924/projeto_09-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7924/projeto_09-2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação de João Salvador da Silva o vestiário localizado no campo de futebol do Bairro Jardim dos Bandeirantes, no município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>7925</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7925/projeto_10-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7925/projeto_10-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição no Calendário Oficial de Eventos do Município de Leopoldina a Festa do Carro de Boi - União dos Carreiros e dá outras providências.</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7926/projeto_11-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7926/projeto_11-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n° 4.559, de 22 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7927/projeto_12-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7927/projeto_12-2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta a propagada sonorizada no Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>7928</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7928/projeto_13-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7928/projeto_13-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Especial ao orçamento do presente exercício de 2023</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7929/projeto_14-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7929/projeto_14-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de ação e meta no PPA 2022-2025 e na LDO 2023 e a abertura de crédito adicional especial para a Emergência do Transporte Coletivo Municipal na Lei Orçamentária Anual de 2023</t>
   </si>
   <si>
     <t>7930</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7930/projeto_15-2023.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7930/projeto_15-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Contribuição para a realização da XXV Exposição Especializada do Mangalarga Marchador de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8036/projeto_de_lei_16.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8036/projeto_de_lei_16.pdf</t>
   </si>
   <si>
     <t>Institui o Combate à Importunação Sexual no Transporte Coletivo</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8037/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8037/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Conecta Leopoldina nas praças, órgão públicos e pontos turísticos do Município de Leopoldina – MG, por intermédio de convênios e parcerias público-privadas e dá outras providências</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8038/projeto_de_lei_18.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8038/projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>Recompõe o subsídio dos Vereadores e dá outras providências</t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8039/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8039/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores públicos municipais do Poder Legislativo Leopoldinense e dá outras providências.</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8040/projeto_de_lei_20.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8040/projeto_de_lei_20.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Contrato de Concessão de Uso de um imóvel, com a empresa Confecções Children Ltda e dá outras providências.</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8041/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8041/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a tramitação prioritária dos procedimentos e processos administrativos em que figure como parte ou interessada a vítima de violência doméstica e familiar.</t>
   </si>
   <si>
     <t>8071</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8071/projeto_de_lei_22.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8071/projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação de denominação de logradouros e imóveis públicos de nomes que fizer menção ou homenagear autores das graves violações de direitos humanos e dá outras providências.</t>
   </si>
   <si>
     <t>8064</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8064/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8064/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos servidores públicos da Prefeitura Municipal de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>8065</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8065/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8065/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fornecer auxílio alimentação aos servidores municipais do quadro de pessoal do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>8066</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8066/projeto_de_lei_25.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8066/projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>Concede recomposição dos subsídios dos agentes políticos e equiparados do Poder Executivo do Município de Leopoldina e dá outras providências</t>
   </si>
   <si>
     <t>8072</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8072/projeto_de_lei_26.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8072/projeto_de_lei_26.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 3º da Lei n° 4.369, de 23 de março de 2017, que "Institui o auxílio-alimentação destinado aos servidores ativos da Câmara Municipal de Leopoldina, Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>8074</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8074/projeto_de_lei_27.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8074/projeto_de_lei_27.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da realização de audiências públicas sobre as propostas do Poder Executivo para contratação de operações de crédito, e dá outras providências</t>
   </si>
   <si>
     <t>8075</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8075/projeto_de_lei_28.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8075/projeto_de_lei_28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de a Companhia de Saneamento de Minas Gerais - COPASA, informar, previamente, aos usuários consumidores, residentes em Leopoldina, por meio de mensagem de texto SMS |ShorI ãfessage Service) sobre as suspensões, interrupções e manutenções programadas da rede</t>
   </si>
   <si>
     <t>8076</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8076/projeto_de_lei_29.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8076/projeto_de_lei_29.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar um Banco de Oportunidades Municipal denominado “Tem Emprego AÍ”, no município de Leopoldina-MG.</t>
   </si>
   <si>
     <t>8120</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8120/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8120/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação do Serviço de Remoção de Animais Mortos e dá outras providências</t>
   </si>
   <si>
     <t>8114</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8114/projeto_de_lei_31.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8114/projeto_de_lei_31.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Especial ao orçamento do presente exercício de 2023 (R$ 45.000,00)</t>
   </si>
   <si>
     <t>8115</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8115/projeto_de_lei_32.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8115/projeto_de_lei_32.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reajuste no piso salarial profissional dos Conselheiros Tutelares do Município de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8118/projeto_de_lei_33.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8118/projeto_de_lei_33.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição, entrada e permanência em escolas de pessoas alheias ao âmbito escolar, sem a devida identificação e acompanhamento de funcionário e dá outras providências</t>
   </si>
   <si>
     <t>8117</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8117/projeto_de_lei_34.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8117/projeto_de_lei_34.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição no Calendário Oficial de Eventos do Município de Leopoldina a "Festa do Carro de Boi - União dos Carreiros e dá outras providências.</t>
   </si>
   <si>
     <t>8119</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8119/projeto_de_lei_35.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8119/projeto_de_lei_35.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de Contribuição para a realização da IV Festa do Imigrante Italiano de Leopoldina e dá outras providências.</t>
   </si>
   <si>
     <t>8121</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8121/projeto_de_lei_36.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8121/projeto_de_lei_36.pdf</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>RODRIGO PIMENTEL</t>
   </si>
   <si>
-    <t>https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8063/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8063/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>Confere o Título de Cidadão  Honorário Leopoldinense ao Senhor Gilson Barbosa Carminate</t>
   </si>
   <si>
     <t>7947</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer-se reiterar o Requerimento sob o nº 111/2022, com a exibição do contrato pro forma, sob pena de encaminhamento ao Ministério Público e apuração de eventual responsabilidade administrativa:_x000D_
                                    _x000D_
 1) Cópia do contrato e seus aditivos, caso haja, estabelecido(s) entre o Município de Leopoldina e a empresa que realiza os serviços de pavimentação asfáltica em diversas ruas de Leopoldina?</t>
   </si>
   <si>
     <t>7948</t>
   </si>
   <si>
     <t>Requer-se reiterar o Requerimento sob o nº 112/2022, com a exibição do contrato pro forma, sob pena de encaminhamento ao Ministério Público e apuração de eventual responsabilidade administrativa:_x000D_
                                            _x000D_
 1) Cópia do projeto da obra de escavação e contenção de águas da encosta existente entre o Bairro Pedro Brito Neto e a Rua Nossa Senhora Aparecida, no Bairro Quinta Residência?</t>
@@ -2751,67 +2751,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8122/decreto_legislativo_01_de_18_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7916/projeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7946/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8067/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8068/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8069/projeto_de_lei_complementar_05.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8070/projeto_de_lei_complementar_06.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8077/projeto_de_lei_complementar_07.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8078/projeto_de_lei_complementar_08.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8116/projeto_de_lei_complementar_09.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7915/projeto_01-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7917/projeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7918/projeto_03-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7919/projeto_04-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7920/projeto_05-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7921/projeto_06-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7922/projeto_07-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7923/projeto_08-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7924/projeto_09-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7925/projeto_10-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7926/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7927/projeto_12-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7928/projeto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7929/projeto_14-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7930/projeto_15-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8036/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8037/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8038/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8039/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8040/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8041/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8071/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8064/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8065/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8066/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8072/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8074/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8075/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8076/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8120/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8114/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8115/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8118/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8117/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8119/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8121/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8063/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8122/decreto_legislativo_01_de_18_de_dezembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7916/projeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7946/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8067/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8068/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8069/projeto_de_lei_complementar_05.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8070/projeto_de_lei_complementar_06.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8077/projeto_de_lei_complementar_07.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8078/projeto_de_lei_complementar_08.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8116/projeto_de_lei_complementar_09.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7915/projeto_01-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7917/projeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7918/projeto_03-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7919/projeto_04-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7920/projeto_05-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7921/projeto_06-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7922/projeto_07-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7923/projeto_08-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7924/projeto_09-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7925/projeto_10-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7926/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7927/projeto_12-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7928/projeto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7929/projeto_14-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/7930/projeto_15-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8036/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8037/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8038/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8039/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8040/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8041/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8071/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8064/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8065/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8066/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8072/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8074/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8075/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8076/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8120/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8114/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8115/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8118/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8117/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8119/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8121/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/sapl/public/materialegislativa/2023/8063/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leopoldina.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="253.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>